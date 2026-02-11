--- v0 (2026-01-12)
+++ v1 (2026-02-11)
@@ -1124,51 +1124,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, P7U_K</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc5"/>
       <w:r>
         <w:t>Profil praktyczny - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>