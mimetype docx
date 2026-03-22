--- v1 (2026-02-11)
+++ v2 (2026-03-22)
@@ -1054,51 +1054,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KO, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZH_K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Studenci potrafią przedstawić uzyskane wyniki w sposób czytelny i zrozumiały.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1124,51 +1124,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KR, I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, I.P7S_KR, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc5"/>
       <w:r>
         <w:t>Profil praktyczny - wiedza</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka : </w:t>
       </w:r>
     </w:p>