--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -828,51 +828,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMZ_U01: </w:t>
       </w:r>
     </w:p>