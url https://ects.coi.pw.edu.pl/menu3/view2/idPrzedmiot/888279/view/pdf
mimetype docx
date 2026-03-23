--- v1 (2026-02-28)
+++ v2 (2026-03-23)
@@ -828,51 +828,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMZ_U01: </w:t>
       </w:r>
     </w:p>
@@ -1032,67 +1032,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w ciągu semestru, ocena pracy dyplomowej magisterskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U14, K2_U15</w:t>
+        <w:t xml:space="preserve">K2_U15, K2_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.4.o, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UO, III.P7S_UW.o, I.P7S_UW, III.P7S_UW.4.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMZ_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi przygotować, w ustalonym zakresie, pracę dyplomową magisterską</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>