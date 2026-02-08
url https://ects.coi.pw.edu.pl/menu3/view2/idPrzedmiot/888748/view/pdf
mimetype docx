--- v0 (2025-12-27)
+++ v1 (2026-02-08)
@@ -860,67 +860,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany wykładowe oraz sprawdziany podsumowujące  ćwiczenia laboratoryjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FPPI_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LABORATORIUM: 1. Potrafi zmierzyć podstawowe charakterystyki prądowo-napięciowe prostych elementów
 półprzewodnikowych (np. fotorezystora, fotodiody, termistora, diod ze złączem m-s i p-n).
 2. Potrafi zmierzyć charakterystyki pojemnościowo-napięciowe złącza p-n oraz kondensatora MOS.
 3. Sporządza protokół pomiarowy oraz wykonuje wykresy charakterystyk w różnych skalach.
 4.  Na podstawie pomiarów umie wyznaczyć podstawowe parametry badanych struktur
 półprzewodnikowych (np. współczynniki termiczne, rezystancje szeregową, prąd nasycenia, siłę