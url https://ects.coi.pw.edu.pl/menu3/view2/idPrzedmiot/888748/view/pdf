--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -860,67 +860,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany wykładowe oraz sprawdziany podsumowujące  ćwiczenia laboratoryjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U08</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka FPPI_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">LABORATORIUM: 1. Potrafi zmierzyć podstawowe charakterystyki prądowo-napięciowe prostych elementów
 półprzewodnikowych (np. fotorezystora, fotodiody, termistora, diod ze złączem m-s i p-n).
 2. Potrafi zmierzyć charakterystyki pojemnościowo-napięciowe złącza p-n oraz kondensatora MOS.
 3. Sporządza protokół pomiarowy oraz wykonuje wykresy charakterystyk w różnych skalach.
 4.  Na podstawie pomiarów umie wyznaczyć podstawowe parametry badanych struktur
 półprzewodnikowych (np. współczynniki termiczne, rezystancje szeregową, prąd nasycenia, siłę
@@ -945,51 +945,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja następuje w trakcie zajęć laboratoryjnych, na których studenci w zespołach dwuosobowych wykonują program ćwiczenia oraz przygotowują sprawozdanie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>