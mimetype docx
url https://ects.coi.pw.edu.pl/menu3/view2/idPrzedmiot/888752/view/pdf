--- v0 (2025-12-03)
+++ v1 (2026-02-10)
@@ -1018,51 +1018,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POEL_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wyznaczyć napięcia i prądy w prostym obwodzie nieliniowym prądu stałego w stanie ustalonym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1142,67 +1142,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia – kolokwia 1 i 2, egzamin – część testowa i zadaniowa</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka POEL_K01: </w:t>
       </w:r>
     </w:p>