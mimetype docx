--- v0 (2025-10-10)
+++ v1 (2025-12-27)
@@ -1130,67 +1130,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena punktowa ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury oraz innych źródeł, dokonywać ich interpretacji oraz wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>