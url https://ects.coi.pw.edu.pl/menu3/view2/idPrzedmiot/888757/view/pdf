--- v1 (2025-12-27)
+++ v2 (2026-02-09)
@@ -1146,51 +1146,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury oraz innych źródeł, dokonywać ich interpretacji oraz wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>