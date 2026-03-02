--- v2 (2026-02-09)
+++ v3 (2026-03-02)
@@ -1146,51 +1146,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury oraz innych źródeł, dokonywać ich interpretacji oraz wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1200,67 +1200,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena punktowa ćwiczeń laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SKM_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność projektowania prostych sieci komputerowych; potrafi pełnić funkcję administratora sieci komputerowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>