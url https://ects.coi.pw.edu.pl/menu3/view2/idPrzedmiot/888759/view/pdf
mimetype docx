--- v0 (2025-12-02)
+++ v1 (2025-12-27)
@@ -1258,277 +1258,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U12, K_U18</w:t>
+        <w:t xml:space="preserve">K_U18, K_U01, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WR_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność zaprojektowania i zbudowania z dostępnych elementów (klocków) prostego robota mobilnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WR_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WR_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność zaprojektowania i zbudowania z dostępnych elementów (klocków) prostego robota mobilnego.</w:t>
+        <w:t xml:space="preserve">Umiejętność dobrania właściwych czujników do realizacji zadania starowania robotem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U27</w:t>
+        <w:t xml:space="preserve">K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WR_U04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WR_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność dobrania właściwych czujników do realizacji zadania starowania robotem.</w:t>
+        <w:t xml:space="preserve">Umiejętność opracowania algorytmu sterowania oraz napisania oprogramowania dla sterownika pokładowego robota.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U12, K_U19, K_U27, K_U28</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WR_K01: </w:t>
       </w:r>
     </w:p>