--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -1258,67 +1258,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U01, K_U12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U12, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WR_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność zaprojektowania i zbudowania z dostępnych elementów (klocków) prostego robota mobilnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1344,191 +1344,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WR_U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność dobrania właściwych czujników do realizacji zadania starowania robotem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WR_U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WR_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność dobrania właściwych czujników do realizacji zadania starowania robotem.</w:t>
+        <w:t xml:space="preserve">Umiejętność opracowania algorytmu sterowania oraz napisania oprogramowania dla sterownika pokładowego robota.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16</w:t>
+        <w:t xml:space="preserve">K_U19, K_U27, K_U28, K_U10, K_U11, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WR_K01: </w:t>
       </w:r>
     </w:p>