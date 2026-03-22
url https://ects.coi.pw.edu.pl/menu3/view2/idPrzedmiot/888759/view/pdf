--- v2 (2026-02-10)
+++ v3 (2026-03-22)
@@ -1258,277 +1258,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U12, K_U18</w:t>
+        <w:t xml:space="preserve">K_U18, K_U01, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WR_U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umiejętność zaprojektowania i zbudowania z dostępnych elementów (klocków) prostego robota mobilnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U27</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WR_U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WR_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność zaprojektowania i zbudowania z dostępnych elementów (klocków) prostego robota mobilnego.</w:t>
+        <w:t xml:space="preserve">Umiejętność dobrania właściwych czujników do realizacji zadania starowania robotem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U27</w:t>
+        <w:t xml:space="preserve">K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka WR_U04: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WR_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umiejętność dobrania właściwych czujników do realizacji zadania starowania robotem.</w:t>
+        <w:t xml:space="preserve">Umiejętność opracowania algorytmu sterowania oraz napisania oprogramowania dla sterownika pokładowego robota.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U16</w:t>
+        <w:t xml:space="preserve">K_U12, K_U19, K_U27, K_U28, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WR_K01: </w:t>
       </w:r>
     </w:p>