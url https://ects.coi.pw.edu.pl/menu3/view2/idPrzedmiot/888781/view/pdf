--- v0 (2025-10-10)
+++ v1 (2025-12-28)
@@ -1268,67 +1268,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej. Przygotowanie prezentacji multimedialnej, udział w dyskusjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K02, K_K04, K_K07, K_K01</w:t>
+        <w:t xml:space="preserve">K_K07, K_K01, K_K02, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SZMU_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć w sposób kreatywny. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>