--- v1 (2025-12-28)
+++ v2 (2026-02-08)
@@ -1268,67 +1268,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej. Przygotowanie prezentacji multimedialnej, udział w dyskusjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K07, K_K01, K_K02, K_K04</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K04, K_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SZMU_K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi myśleć w sposób kreatywny. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>