--- v2 (2026-02-08)
+++ v3 (2026-03-23)
@@ -1198,51 +1198,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie pisemne w formie testowej. Przygotowanie prezentacji multimedialnej, udział w dyskusjach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K04, K_K07</w:t>
+        <w:t xml:space="preserve">K_K02, K_K04, K_K07, K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>