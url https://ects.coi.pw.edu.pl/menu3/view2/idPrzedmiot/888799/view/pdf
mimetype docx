--- v0 (2025-12-01)
+++ v1 (2025-12-27)
@@ -845,51 +845,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MORO_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza z zakresu modelowania i sterowania robotów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>