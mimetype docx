--- v1 (2025-12-27)
+++ v2 (2026-03-01)
@@ -775,121 +775,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MORO_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wiedza z zakresu kluczowych zagadnień z zakresu robotyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MORO_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza z zakresu modelowania i sterowania robotów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>