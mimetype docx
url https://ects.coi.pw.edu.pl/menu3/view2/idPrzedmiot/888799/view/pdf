--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -775,51 +775,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MORO_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wiedza z zakresu kluczowych zagadnień z zakresu robotyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1286,51 +1286,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MORO_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność formułowania hipotezy związanych z problemami
 inżynierskimi i prostymi problemami badawczymi
 </w:t>
       </w:r>
     </w:p>
     <w:p>