--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -836,51 +836,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena realizacji projektu inżynierskiego, w tym sposobu analizy problemu i implementacji oraz dokumentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U11, K_U17, K_U18, K_U07, K_U08</w:t>
+        <w:t xml:space="preserve">K_U11, K_U17, K_U18, K_U07, K_U08, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>