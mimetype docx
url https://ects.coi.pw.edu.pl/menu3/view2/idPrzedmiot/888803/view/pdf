--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -836,51 +836,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena realizacji projektu inżynierskiego, w tym sposobu analizy problemu i implementacji oraz dokumentacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U17, K_U18, K_U07, K_U08, K_U09</w:t>
+        <w:t xml:space="preserve">K_U08, K_U09, K_U18, K_U11, K_U17, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UO, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>