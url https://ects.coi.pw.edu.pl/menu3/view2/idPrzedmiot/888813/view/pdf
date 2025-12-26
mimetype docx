--- v0 (2025-12-03)
+++ v1 (2025-12-26)
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U16, K_U17, K_U08, K_U18, K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMGR_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność przygotowania opracowania naukowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>