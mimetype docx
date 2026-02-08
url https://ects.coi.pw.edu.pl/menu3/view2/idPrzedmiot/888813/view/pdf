--- v1 (2025-12-26)
+++ v2 (2026-02-08)
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U07</w:t>
+        <w:t xml:space="preserve">K_U05, K_U07, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMGR_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność oceny przydatności i wyboru narzędzia do realizacji złożonego zadania inżynierskiego lub badawczego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U16, K_U17, K_U08, K_U18, K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMGR_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność przygotowania opracowania naukowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>