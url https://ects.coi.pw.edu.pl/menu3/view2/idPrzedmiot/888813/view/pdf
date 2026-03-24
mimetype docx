--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -753,51 +753,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMGR_U01: </w:t>
       </w:r>
     </w:p>
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni problemowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U07, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMGR_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność oceny przydatności i wyboru narzędzia do realizacji złożonego zadania inżynierskiego lub badawczego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U16, K_U17, K_U08, K_U18, K_U09, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o, III.P7S_UW.3.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, III.P7S_UW.3.o, III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.1.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PDMGR_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umiejętność przygotowania opracowania naukowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>