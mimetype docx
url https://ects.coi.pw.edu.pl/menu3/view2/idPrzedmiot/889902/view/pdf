--- v0 (2025-12-28)
+++ v1 (2026-03-01)
@@ -1180,331 +1180,331 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U06, AiR1_U13, AiR1_U01, AiR1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wykorzystać sprzęt pomiarowy (oscyloskop, generator, zasilacz) do badania układów elektronicznych.												</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykorzystać mikroprocesor do realizacji prostego zadania.																		</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka ML.NK397_U5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka ML.NK397_U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować prosty układ sterowania cyfrowego.																				</w:t>
+        <w:t xml:space="preserve">Potrafi sterować urządzeniami wykorzystując programowalne układy typu PLC.																		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian przed i po zajęciach oraz ocena sprawozdania.</w:t>
+        <w:t xml:space="preserve">Obserwacja studenta w trakcie zajęć, ocena sprawozdania z przeprowadzonego doświadczenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">AiR1_U01, AiR1_U02, AiR1_U06, AiR1_U13</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">AiR1_U06, AiR1_U13, AiR1_U01, AiR1_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>