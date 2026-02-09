--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę w zakresie zarządzania logistyką, kadrami oraz ryzykiem w przedsiębiorstwie międzynarodowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W02, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.3</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.T.P7S_WG, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student  ma wiedzę nt. wpływu współczesnych narzędzi teleinformatycznych oraz telekomunikacyjnych na rozwój przedsiębiorstw międzynarodowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -967,67 +967,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U03, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.3.o, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, I.P7S_UW, I.P7S_UK, II.H.P7S_UW.2.o, II.X.P7S_UW.2</w:t>
+        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>