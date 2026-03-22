--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W05, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P7S_WG.1.o, I.P7S_WG, I.P7S_WK, II.S.P7S_WG.3, II.S.P7S_WG.1, II.S.P7S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, II.S.P7S_WG.1, II.S.P7S_WG.2, II.H.P7S_WG.1.o, I.P7S_WK, II.S.P7S_WG.3</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę w zakresie zarządzania logistyką, kadrami oraz ryzykiem w przedsiębiorstwie międzynarodowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -967,67 +967,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">test wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U06, K_U03</w:t>
+        <w:t xml:space="preserve">K_U03, K_U04, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P7S_UW.2, II.S.P7S_UW.1, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, I.P7S_UW, I.P7S_UK, II.X.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, I.P7S_UK, II.S.P7S_UW.2.o, II.S.P7S_UW.3.o, II.H.P7S_UW.1, II.H.P7S_UW.2.o, II.X.P7S_UW.2, II.S.P7S_UW.1, II.X.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>