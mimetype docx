--- v0 (2025-12-22)
+++ v1 (2026-03-01)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent zna i rozumie istotę procesu planowania i podejmowania decyzji, także w odniesieniu do sfery transportu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>