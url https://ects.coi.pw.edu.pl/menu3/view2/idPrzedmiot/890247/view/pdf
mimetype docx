--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1156,87 +1156,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada ogólną znajomość podstawowych zagadnień prawnych i gospodarki produktami powstałymi w wyniku eksploatacji i recyklingu pojazdów wycofanych z eksploatacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada ogólną znajomość podstawowych zagadnień prawnych i gospodarki produktami powstałymi w wyniku eksploatacji i recyklingu pojazdów wycofanych z eksploatacji.</w:t>
+        <w:t xml:space="preserve">Wypadki komunikacyjne i ich skutki społeczne i dla środowiska. Nadzwyczajne zagrożenia ekologiczne w transporcie, ratownictwo techniczne. Podstawowe zagrożenia środowiska transportem towarów niebezpiecznych, monitoring środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1255,58 +1325,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wypadki komunikacyjne i ich skutki społeczne i dla środowiska. Nadzwyczajne zagrożenia ekologiczne w transporcie, ratownictwo techniczne. Podstawowe zagrożenia środowiska transportem towarów niebezpiecznych, monitoring środowiska</w:t>
+        <w:t xml:space="preserve">Podstawowe metody ochrony i redukcji zagrożeń środowiska naturalnego na etapie planowania i eksploatacji systemów transportowych  Raport  o oddziaływaniu inwestycji transportowych na środowisko. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1317,336 +1387,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Podstawowe metody ochrony i redukcji zagrożeń środowiska naturalnego na etapie planowania i eksploatacji systemów transportowych  Raport  o oddziaływaniu inwestycji transportowych na środowisko. </w:t>
+        <w:t xml:space="preserve">Potrafi zharmonizować politykę transportową pod kątem równowagi ekologicznej,  promując transport publiczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zharmonizować politykę transportową pod kątem równowagi ekologicznej,  promując transport publiczny.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić skutki oddziaływania  substancji z emisji  z silników spalinowych na zanieczyszczenie środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić skutki oddziaływania  substancji z emisji  z silników spalinowych na zanieczyszczenie środowiska</w:t>
+        <w:t xml:space="preserve">Umie zastosować podstawowe pojęcia prawne i przepisy krajowe i UE w ochronie środowiska w transporcie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.1.o, III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie samodzielnie w oparciu literaturę opracować plan raportu o oddziaływaniu wybranych inwestycji  transportowych na środowisko .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>