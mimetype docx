--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -1156,67 +1156,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada ogólną znajomość podstawowych zagadnień prawnych i gospodarki produktami powstałymi w wyniku eksploatacji i recyklingu pojazdów wycofanych z eksploatacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>