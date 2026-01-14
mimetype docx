--- v0 (2026-01-08)
+++ v1 (2026-01-14)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę dotyczącą budowy układów rurociągowych, oraz doboru ich elementów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>