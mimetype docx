--- v1 (2026-01-14)
+++ v2 (2026-02-09)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">posiada wiedzę dotyczącą budowy układów rurociągowych, oraz doboru ich elementów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>