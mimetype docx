--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -810,51 +810,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10, Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1020,51 +1020,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład - egzamin w formie pisemnej(pytania celowane)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>