--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -1029,51 +1029,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z ćwiczeń audytoryjnych, zadanie obliczeniowe dotyczące elementów konstrukcji zawieszeń samochodu, metod ich badań oraz podstaw teoretycznych doboru parametrów konstrukcyjnych, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Sprawdziany zaliczeniowe (po 2 pytania otwarte) z ćwiczeń laboratoryjnych dotyczących elementów konstrukcji zawieszeń samochodu, metod ich badań oraz podstaw teoretycznych doboru parametrów konstrukcyjnych, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Sprawozdania z ćwiczeń laboratoryjnych dotyczących elementów konstrukcji zawieszeń samochodu, metod ich badań oraz podstaw teoretycznych doboru parametrów konstrukcyjnych, wymagane jest uzyskanie 50% maksymalnej liczby punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W03, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W03, Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>