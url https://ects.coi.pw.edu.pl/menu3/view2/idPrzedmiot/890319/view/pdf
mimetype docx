--- v0 (2025-12-28)
+++ v1 (2026-01-08)
@@ -1261,51 +1261,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium nr 1 i 2 z wykładu, łącznie 4 pytania otwarte lub ich fragmenty dotyczące poprawnego używania pojęć i specjalistycznej terminologii z zakresu teorii ruchu samochodu, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Kolokwium nr 1 i 2 z ćwiczeń, łącznie 2 zadania obliczeniowe lub ich fragmenty dotyczące poprawnego używania pojęć i specjalistycznej terminologii z zakresu teorii ruchu samochodu, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Praca domowa, fragmenty dotyczące poprawnego używania pojęć i specjalistycznej terminologii z zakresu teorii ruchu samochodu, wymagane jest uzyskanie 50% maksymalnej liczby punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U02, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>