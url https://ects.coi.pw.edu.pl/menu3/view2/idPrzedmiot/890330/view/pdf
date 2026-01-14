--- v0 (2026-01-08)
+++ v1 (2026-01-14)
@@ -887,51 +887,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z laboratorium -  5 pytań otwartych, wymagane jest udzielenie poprawnej  odpowiedzi na przynajmniej 3 z tych pytań.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>