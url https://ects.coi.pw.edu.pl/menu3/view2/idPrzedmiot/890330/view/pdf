--- v1 (2026-01-14)
+++ v2 (2026-02-08)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową wiedzę z zakresu technologii i organizacja przewozu ładunków niebezpiecznych (konwencja ADR) i szybko psujących się (konwencja ATP)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -887,51 +887,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z laboratorium -  5 pytań otwartych, wymagane jest udzielenie poprawnej  odpowiedzi na przynajmniej 3 z tych pytań.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>