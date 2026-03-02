--- v2 (2026-02-08)
+++ v3 (2026-03-02)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W05, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową wiedzę z zakresu technologii i organizacja przewozu ładunków niebezpiecznych (konwencja ADR) i szybko psujących się (konwencja ATP)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1055,51 +1055,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi symulować realizację bezpośrednich procesów przewozowych z zastosowaniem narzędzi do zarządzania transportem samochodowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>