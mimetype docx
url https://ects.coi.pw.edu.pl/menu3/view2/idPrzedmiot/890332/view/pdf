--- v0 (2025-12-20)
+++ v1 (2026-02-09)
@@ -815,51 +815,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, 2 pytania otwarte, wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań; Kolokwium z ćwiczeń, jedno zadanie rachunkowe, wymagane jest poprawne zapisanie właściwych wzorów oraz podanie ich interpretacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W13, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>