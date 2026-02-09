--- v1 (2026-02-09)
+++ v2 (2026-02-09)
@@ -885,67 +885,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, 2 pytania otwarte, wymagane jest udzielenie pełnej odpowiedzi na przynajmniej 1 z tych pytań; Kolokwium z ćwiczeń, dwa zadania rachunkowe, wymagane jest poprawne zapisanie właściwych wzorów oraz podanie ich interpretacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pozatechniczne skutki złego zabezpieczania ładunków na czas przewozu oraz nieodpowiedniego rozmieszczania ładunków w przestrzeni ładunkowej pojazdu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>