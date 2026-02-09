--- v0 (2025-12-28)
+++ v1 (2026-02-09)
@@ -956,51 +956,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny, 5 pytań otwartych, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 3 z tych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>