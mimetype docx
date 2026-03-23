--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -1052,51 +1052,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U23, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać wstępnej analizy ekonomicznej podejmowanych działań inżynierskich w zakresie stosowania określonej technologii przewozowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>