--- v0 (2026-01-10)
+++ v1 (2026-03-24)
@@ -761,121 +761,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W13, Tr1A_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, III.P6S_WK.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie wykonywania działalności transportowej - zawierania i wykonywania umów w zakresie transportu, a także wynikającej stąd odpowiedzialności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny testowy i opisowy, zawierający m.in. kazusy. Zalicza większość arytmetyczna punktów. Ocena zależy od arbitralnej oceny wykładowcy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W14, Tr1A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, III.P6S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>