--- v0 (2026-01-08)
+++ v1 (2026-01-13)
@@ -1042,207 +1042,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej obwodów zależnościowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej obwodów zależnościowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U25, Tr1A_U08, Tr1A_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować tablicę zależności dla przykładowej stacji o zadanej w projekcie charakterystyce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej tablicy zależności. Ocena podsumowująca: ustna obrona projektu w części dotyczącej tablicy zależności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U08, Tr1A_U10, Tr1A_U24, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi opracować tablicę zależności dla przykładowej stacji o zadanej w projekcie charakterystyce.</w:t>
+        <w:t xml:space="preserve">Umie zaprojektować plan schematyczny dla stacji o zadanej charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej tablicy zależności. Ocena podsumowująca: ustna obrona projektu w części dotyczącej tablicy zależności.</w:t>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej planu schematycznego. Ocena podsumowująca: ustna obrona projektu w części dotyczącej planu schematycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U08, Tr1A_U10, Tr1A_U24, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>