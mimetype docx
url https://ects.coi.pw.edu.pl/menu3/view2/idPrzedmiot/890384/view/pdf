--- v1 (2026-01-13)
+++ v2 (2026-01-13)
@@ -1042,137 +1042,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej obwodów zależnościowych. Ocena podsumowująca: ustna obrona projektu w części dotyczącej obwodów zależnościowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U25, Tr1A_U08, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U10, Tr1A_U24, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi opracować tablicę zależności dla przykładowej stacji o zadanej w projekcie charakterystyce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej tablicy zależności. Ocena podsumowująca: ustna obrona projektu w części dotyczącej tablicy zależności.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U08, Tr1A_U10, Tr1A_U24</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaprojektować plan schematyczny dla stacji o zadanej charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>