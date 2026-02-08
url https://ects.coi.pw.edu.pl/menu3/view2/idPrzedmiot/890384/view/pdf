--- v2 (2026-01-13)
+++ v3 (2026-02-08)
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej tablicy zależności. Ocena podsumowująca: ustna obrona projektu w części dotyczącej tablicy zależności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U08, Tr1A_U10, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U25, Tr1A_U08, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaprojektować plan schematyczny dla stacji o zadanej charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>