--- v3 (2026-02-08)
+++ v4 (2026-03-01)
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: prawidłowe wykonanie projektu w części dotyczącej tablicy zależności. Ocena podsumowująca: ustna obrona projektu w części dotyczącej tablicy zależności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U25, Tr1A_U08, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U24, Tr1A_U25, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zaprojektować plan schematyczny dla stacji o zadanej charakterystyce.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>