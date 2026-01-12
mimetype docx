--- v0 (2026-01-09)
+++ v1 (2026-01-12)
@@ -844,67 +844,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe: ocena formująca - oceny cząstkowe za każde wykonane i zaliczone ćwiczenie projektowe. Do uzyskania pozytywnej oceny z ćwiczeń projektowych wymagane jest poprawne wszystkich ćwiczeń projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U12, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U03, Tr1A_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, I.P6S_UK, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>