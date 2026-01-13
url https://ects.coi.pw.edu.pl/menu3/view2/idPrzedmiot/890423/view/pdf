--- v0 (2025-12-28)
+++ v1 (2026-01-13)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: Egzamin pisemny zawierający 2 pytania w postaci zadań, które są tak sformułowane aby przedstawiały problemy występujące w procesach logistycznych w rożnych obszarach funkcjonalnych logistyki, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 1 z tych pytań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -980,51 +980,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U20, Tr1A_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykorzystywać do formułowania i rozwiązywania zadań inżynierskich z obszaru logistyki metody analityczne, symulacyjne oraz eksperymentalne. Potrafi planować i przeprowadzać eksperymenty, interpretować uzyskane wyniki i wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>