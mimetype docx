--- v1 (2026-01-13)
+++ v2 (2026-02-08)
@@ -742,51 +742,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: Egzamin pisemny zawierający 2 pytania w postaci zadań, które są tak sformułowane aby przedstawiały problemy występujące w procesach logistycznych w rożnych obszarach funkcjonalnych logistyki, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 1 z tych pytań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>