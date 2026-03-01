--- v0 (2025-12-27)
+++ v1 (2026-03-01)
@@ -1111,67 +1111,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z ćwiczeń audytoryjnych, dwa zadania obliczeniowe dotyczące umiejętności wykonania prostych obliczeń parametrów konstrukcyjnych wybranych elementów budowy pojazdu samochodowego, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Sprawdziany zaliczeniowe z poszczególnych tematów, w ramach każdego ćwiczenia jedno z dwóch pytań otwartych, albo jego część dotycząca umiejętności wykonania prostych obliczeń parametrów konstrukcyjnych wybranych elementów budowy pojazdu samochodowego, wymagane jest uzyskanie 50% maksymalnej liczby punktów.
 Sprawozdania z poszczególnych tematów, w ramach każdego ćwiczenia fragmenty sprawozdania dotyczące umiejętności wykonania prostych obliczeń parametrów konstrukcyjnych wybranych elementów budowy pojazdu samochodowego, wymagane jest uzyskanie 50% maksymalnej liczby punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.4.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje się umiejętnością interpretowania wyników pomiarów wybranych wielkości związanych badaniami pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>