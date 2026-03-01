--- v0 (2025-12-27)
+++ v1 (2026-03-01)
@@ -885,51 +885,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W części pisemnej i ustnej egzaminu łącznie dwa pytania otwarte lub ich fragmenty dotyczące kryteriów oraz metody oceny stanu technicznego pojazdu samochodowego jako całości, jego układów, zespołów i podzespołów, wymagane jest uzyskanie 50% maksymalnej liczby punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>