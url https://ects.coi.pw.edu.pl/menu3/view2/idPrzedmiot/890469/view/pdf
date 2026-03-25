--- v1 (2026-03-01)
+++ v2 (2026-03-25)
@@ -761,51 +761,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe pojęcia związane z diagnozowaniem obiektów technicznych, a w szczególności pojazdów samochodowych oraz ma szczegółową wiedzę o parametrach diagnostycznych określających funkcjonowanie pojazdu samochodowego jako całości, jego układów, zespołów i podzespołów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -885,51 +885,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W części pisemnej i ustnej egzaminu łącznie dwa pytania otwarte lub ich fragmenty dotyczące kryteriów oraz metody oceny stanu technicznego pojazdu samochodowego jako całości, jego układów, zespołów i podzespołów, wymagane jest uzyskanie 50% maksymalnej liczby punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>