--- v0 (2026-02-08)
+++ v1 (2026-03-23)
@@ -886,51 +886,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Uczestnictwo na zajęciach laboratoryjnych, wykonanie 3 bloków ćwiczeniowych. Opracowanie i zaliczenie sprawozdań z ćwiczeń laboratoryjnych.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>