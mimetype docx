--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: sprawdzian zawierający 2-4 pytania z zakresu merytorycznego ćwiczenia-wymagane uzyskanie 50% odpowiedzi; ocena podsumowujaca: sprawdzian poprawkowy zawierający 2-4 pytania (w przypadku nie zaliczenia któregoś ze sprawdzianów cząstkowych).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W03, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>