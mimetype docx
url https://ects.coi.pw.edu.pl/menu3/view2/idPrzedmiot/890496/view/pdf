--- v0 (2025-12-28)
+++ v1 (2026-03-24)
@@ -949,67 +949,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na zaliczeniu pisemnym pytania testowe (1/6 wszystkich pytań testowych) dotyczące zagadnień opisanych w efekcie W04. Zaliczenie ma miejsce, gdy student udzieli minimum 50% poprawnych odpowiedzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W14, Tr1A_W05</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, III.P6S_WK.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, III.P6S_WK.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę odnośnie znaczenia i funkcji sektora transportu w gospodarce Polski i UE oraz wskaźników pozwalających dokonać takiej oceny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>