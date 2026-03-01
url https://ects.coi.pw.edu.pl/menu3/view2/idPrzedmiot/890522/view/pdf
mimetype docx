--- v0 (2025-12-27)
+++ v1 (2026-03-01)
@@ -762,51 +762,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium zawierające łącznie 5 pytań opisowych, w tym co najmniej 1 pytanie  dotyczące bezpośrednio treści weryfikowanego efektu. wymagana częściowa odpowiedź na
 każde z nich, tzn. co najmniej 50%. Możliwość zaliczenia pytania dotyczącego efektu  na podstawie przygotowanego referatu i prezentacji na temat wcześniej ustalony z prowadzącym zajęcia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>