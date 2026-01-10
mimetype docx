--- v0 (2025-12-28)
+++ v1 (2026-01-10)
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U09, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U03, Tr1A_U18, Tr1A_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyciągać wnioski z prowadzonych badań i przygotować sprawozdanie z zajęć laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>