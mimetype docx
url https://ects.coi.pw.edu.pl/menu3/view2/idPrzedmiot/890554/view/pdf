--- v1 (2026-01-10)
+++ v2 (2026-03-24)
@@ -822,357 +822,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie budowy pojazdów samochodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">sprawdzian z tematu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie budowy pojazdów samochodowych</w:t>
+        <w:t xml:space="preserve">Potrafi stosować słownictwo techniczne z zakresu budowy pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian z tematu</w:t>
+        <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować słownictwo techniczne z zakresu budowy pojazdów</w:t>
+        <w:t xml:space="preserve">Potrafi przygotować się do zajęć oraz zreferować wymagane zagadnienia z dziedziny budowy i eksploatacji pojazdów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń</w:t>
+        <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U03, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK, I.P6S_UW</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przygotować się do zajęć oraz zreferować wymagane zagadnienia z dziedziny budowy i eksploatacji pojazdów </w:t>
+        <w:t xml:space="preserve">Potrafi wykonywać i interpretować wyniki podstawowych pomiarów wykonywanych w procesie diagnozowania pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">sprawdzian z tematu,  ocena sprawozdania z ćwiczeń  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U03, Tr1A_U01</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U17, Tr1A_U09, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UK, I.P6S_UW</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, I.P6S_UK, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.3.o, III.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyciągać wnioski z prowadzonych badań i przygotować sprawozdanie z zajęć laboratoryjnych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>