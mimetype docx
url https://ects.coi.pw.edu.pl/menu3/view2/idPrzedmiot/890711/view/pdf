--- v0 (2026-01-08)
+++ v1 (2026-02-09)
@@ -812,121 +812,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o cyklu życia pojazdów i zasadach odtwarzania sprawności technicznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>