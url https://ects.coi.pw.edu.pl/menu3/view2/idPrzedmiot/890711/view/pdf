--- v1 (2026-02-09)
+++ v2 (2026-03-23)
@@ -812,207 +812,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student ma podstawową wiedzę o cyklu życia pojazdów i zasadach odtwarzania sprawności technicznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna zasady oceny stanu technicznego podstawowych zespołów i układów pojazdów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z wykładu i sprawdziany z poszczególnych ćwiczeń laboratoryjnych oraz fragmenty sprawozdań z tych ćwiczeń; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna systemy eksploatacji i obsługi pojazdów oraz ich zakres stosowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>