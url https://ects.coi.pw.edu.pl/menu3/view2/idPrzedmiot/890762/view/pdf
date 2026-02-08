--- v0 (2025-12-28)
+++ v1 (2026-02-08)
@@ -1329,51 +1329,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U06, Tr2A_U09, Tr2A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje się umiejętnościa interpretowania wyników pomiarów wybranych wielkości związanych badaniami pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>