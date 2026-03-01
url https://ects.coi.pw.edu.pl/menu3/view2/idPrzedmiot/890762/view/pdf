--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1313,67 +1313,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U06, Tr2A_U09, Tr2A_U11</w:t>
+        <w:t xml:space="preserve">Tr2A_U09, Tr2A_U11, Tr2A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje się umiejętnościa interpretowania wyników pomiarów wybranych wielkości związanych badaniami pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>