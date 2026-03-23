--- v2 (2026-03-01)
+++ v3 (2026-03-23)
@@ -1243,67 +1243,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U02, Tr2A_U04</w:t>
+        <w:t xml:space="preserve">Tr2A_U04, Tr2A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność zaplanowania i przeprowadzenia badań wybranych własności dynamicznych samochodu metodą symulacyjną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1313,67 +1313,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład-kolokwia, ćwicz. aud.-kolokwia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U09, Tr2A_U11, Tr2A_U06</w:t>
+        <w:t xml:space="preserve">Tr2A_U06, Tr2A_U09, Tr2A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykazuje się umiejętnościa interpretowania wyników pomiarów wybranych wielkości związanych badaniami pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>