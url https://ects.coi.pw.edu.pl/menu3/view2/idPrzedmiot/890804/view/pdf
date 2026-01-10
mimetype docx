--- v0 (2025-12-27)
+++ v1 (2026-01-10)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U07, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zidentyfikować graficznie i analitycznie proces logistyczny dla przeprowadzenia audytu logistycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>