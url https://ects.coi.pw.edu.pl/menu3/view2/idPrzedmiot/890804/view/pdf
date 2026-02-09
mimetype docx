--- v1 (2026-01-10)
+++ v2 (2026-02-09)
@@ -760,51 +760,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U07, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zidentyfikować graficznie i analitycznie proces logistyczny dla przeprowadzenia audytu logistycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -884,67 +884,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia projektowe – projekt i obrona ćwiczenia projektowego, część dotycząca zwymiarowania i oceny procesu w oparciu o charakterystyki systemu kolejkowego. Wymagane jest wyznaczenie podstawowych charakterystyk z teorii masowej obsługi (min. częstość zgłoszeń, stabilność systemu, średnia długość kolejki) dla zidentyfikowanego procesu logistycznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U15</w:t>
+        <w:t xml:space="preserve">Tr2A_U15, Tr2A_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01	: </w:t>
       </w:r>
     </w:p>