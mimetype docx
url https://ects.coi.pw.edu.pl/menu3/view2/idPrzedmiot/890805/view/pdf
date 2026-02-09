--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -813,51 +813,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian 2 z wykładu, wymagane jest udzielenie pełnych odpowiedzi na nie mniej niż połowę z zadanych pytań oraz ew. sprawdzian poprawkowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1049,51 +1049,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U07, Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować zaopatrzenie w systemach zamawiania opartych na poziomie informacyjnym lub na przeglądzie okresowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>