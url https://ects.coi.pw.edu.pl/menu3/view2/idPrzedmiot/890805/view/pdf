--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.3.o, I.P7S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć optymalny zapas zabezpieczający dla systemu scentralizowanych lub rozproszonych zapasów przy uwzględnieniu różnych typów rozkładów prawdopodobieństwa oraz dokonać optymalizacji poziomu zapasu cyklicznego wg różnych modeli</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1049,51 +1049,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U07, Tr2A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować zaopatrzenie w systemach zamawiania opartych na poziomie informacyjnym lub na przeglądzie okresowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>