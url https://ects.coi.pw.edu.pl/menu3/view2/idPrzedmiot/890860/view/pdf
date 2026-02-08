--- v0 (2025-12-26)
+++ v1 (2026-02-08)
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena egzemplarza pracy dyplomowej, weryfikacja treści i formalnej strony pracy, ocena prezentacji pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U05, Tr2A_U04</w:t>
+        <w:t xml:space="preserve">Tr2A_U04, Tr2A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić kierunki dalszego uczenia się oraz zrealizować proces zdobywania wiedzy i umiejętności dla realizacji pracy dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>