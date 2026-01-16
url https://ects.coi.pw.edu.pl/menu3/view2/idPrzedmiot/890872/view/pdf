--- v0 (2025-12-24)
+++ v1 (2026-01-16)
@@ -1189,67 +1189,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – prawidłowe wykonanie ćwiczeń z wykorzystaniem w/w programów oraz sprawozdań w postaci projektów i ustna „obrona” projektów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U19, Tr2A_U07</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawowe umiejetności w zakresie projektowania instalacji elektrycznej sygnalizacji świetlnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>