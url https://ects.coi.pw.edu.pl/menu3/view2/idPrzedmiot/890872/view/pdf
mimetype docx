--- v1 (2026-01-16)
+++ v2 (2026-02-09)
@@ -1205,51 +1205,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U07, Tr2A_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada podstawowe umiejetności w zakresie projektowania instalacji elektrycznej sygnalizacji świetlnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>