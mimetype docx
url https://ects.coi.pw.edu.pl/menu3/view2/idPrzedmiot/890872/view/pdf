--- v2 (2026-02-09)
+++ v3 (2026-03-22)
@@ -1119,67 +1119,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - kolokwium zaliczeniowe – część pisemna, ew. cz. ustna z pytaniem dotyczącym w/w efektu  – prawidłowe wykonanie ćwiczeń oraz sprawozdań w postaci projektów i ich ustna „obrona” </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U16, Tr2A_U19</w:t>
+        <w:t xml:space="preserve">Tr2A_U19, Tr2A_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.4.o, I.P7S_UW, III.P7S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się wybranymi narzędziami komputerowego wspomagania projektowania sygnalizacji świetlnej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>