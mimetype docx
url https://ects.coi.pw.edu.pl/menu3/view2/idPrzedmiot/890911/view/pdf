--- v0 (2026-01-13)
+++ v1 (2026-02-08)
@@ -749,277 +749,277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny 1 zawierający około 30 pytań testowych jednokrotnego wyboru, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 60% z zadanych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną i pogłębioną wiedzę o wymaganych kwalifikacjach i kosztach pracy pracowników zatrudnianych w transporcie drogowym oraz o regulacjach prawnych czasu pracy kierowców i regulacjach dostępu do zawodu przewoźnika drogowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny 2, około 10 pytań testowych jednokrotnego wyboru, w tym około 3 pytania problemowe, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 55% z zadanych pytań; Obrona pracy projektowej, student potrafi uzasadnić zaprojektowany harmonogram pracy kierowców</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną i pogłębioną wiedzę o technologiach przewozowych w transporcie samochodowym i metodach ich projektowania oraz o czynnikach determinujących wydajność w transporcie samochodowym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny 2, około 10 pytań testowych jednokrotnego wyboru, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 55% z zadanych pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada rozszerzoną i pogłębioną wiedzę o kosztach w transporcie oraz o wskaźnikach finansowych oceny wariantów technologii przewozu drogowego, a także o regulacjach prawnych dotyczących podatku od towarów i usług dotyczących przedsiębiorstw transportu drogowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian pisemny 2, około 10 pytań testowych jednokrotnego wyboru, w tym około 3 pytania problemowe, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 55% z zadanych pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>