--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian pisemny 2, około 10 pytań testowych jednokrotnego wyboru, w tym około 3 pytania problemowe, wymagane jest udzielenie poprawnej odpowiedzi na przynajmniej 55% z zadanych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W08</w:t>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>