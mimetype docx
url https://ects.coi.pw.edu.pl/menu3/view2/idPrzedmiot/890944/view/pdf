--- v1 (2026-02-08)
+++ v2 (2026-03-23)
@@ -962,67 +962,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium: ocena aktywności podczas zajęć oraz sprawozdań z dwóch ćwiczeń laboratoryjnych, wymagana jest obrona otrzymanych wyników. Wykład pytania otwarte. Należy zdobyć co najmniej połowę punktów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U09, Tr2A_U07</w:t>
+        <w:t xml:space="preserve">Tr2A_U07, Tr2A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zdefiniować zadanie optymalizacyjne, przeprowadzić badania symulacyjne w programie FLEXIM oraz dokonać analizy otrzymanych wyników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1032,51 +1032,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium: ocena aktywności podczas zajęć oraz sprawozdań z dwóch ćwiczeń laboratoryjnych, wymagana jest obrona otrzymanych wyników. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U09, Tr2A_U11</w:t>
+        <w:t xml:space="preserve">Tr2A_U11, Tr2A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>