--- v0 (2026-01-14)
+++ v1 (2026-02-08)
@@ -1029,121 +1029,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - zal. – część pisemna i ustna, ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ideę stosowania, pełnione zadania i zasadę działania systemu diagnostyki pokładowej OBD i EOBD w pojazdach samochodowych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - zal. – część pisemna i ustna, ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>