--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -959,67 +959,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - zal. – część pisemna i ustna, ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o budowie i zasadzie działania stanowisk badawczych i urządzeń pomiarowych stosowanych przy diagnozowaniu pojazdów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1029,51 +1029,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - zal. – część pisemna i ustna, ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W08, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>