--- v0 (2026-01-08)
+++ v1 (2026-01-09)
@@ -735,67 +735,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykład  - egz. – część pisemna i ustna ćw. labor. 1 – 4, kolokwium, ew. cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W10, Tr2A_W06</w:t>
+        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawowe definicje i określenia. oraz podział aktów prawnych i ich znaczenie dla systemu badań technicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>