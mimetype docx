--- v1 (2026-01-09)
+++ v2 (2026-03-01)
@@ -961,51 +961,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07, Tr2A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna przykłady rozwiązań technologicznych i wyposażenia istniejących stacji oraz przepisy warunkujące wykonanie prawidłowego projektu technologicznego oraz dobór wyposażenia SKP. A także wymagania stawiane diagnostom</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>