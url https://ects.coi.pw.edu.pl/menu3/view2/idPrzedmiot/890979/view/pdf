--- v0 (2026-01-11)
+++ v1 (2026-02-08)
@@ -895,51 +895,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, I.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna możliwości utylizacji materiałów eksploatacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1115,51 +1115,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U09, Tr2A_U11, Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić zawartość zanieczyszczeń występujących w produktach naftowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>