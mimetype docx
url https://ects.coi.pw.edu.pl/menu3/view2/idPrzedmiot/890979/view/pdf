--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -1029,67 +1029,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium – kolokwium po każdym ćwiczeniu (2-3 pytania otwarte) oraz wykonanie sprawoz-dania. Wymagane jest udzielenie odpowiedzi na poziomie co najmniej 51%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U18</w:t>
+        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U18, Tr2A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oznaczyć podstawowe własności produktów naftowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1115,51 +1115,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr2A_U09, Tr2A_U11, Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.1.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.1.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić zawartość zanieczyszczeń występujących w produktach naftowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>