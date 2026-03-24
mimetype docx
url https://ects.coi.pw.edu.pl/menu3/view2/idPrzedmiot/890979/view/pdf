--- v2 (2026-03-01)
+++ v3 (2026-03-24)
@@ -809,67 +809,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium – kolokwium po każdym ćwiczeniu (2-3 pytania otwarte) oraz wykonanie sprawoz-dania. Wymagane jest udzielenie odpowiedzi na poziomie co najmniej 51%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_W06, Tr2A_W09</w:t>
+        <w:t xml:space="preserve">Tr2A_W09, Tr2A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG, III.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">III.P7S_WG.o, I.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna trendy rozwojowe materiałów eksploatacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1029,67 +1029,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium – kolokwium po każdym ćwiczeniu (2-3 pytania otwarte) oraz wykonanie sprawoz-dania. Wymagane jest udzielenie odpowiedzi na poziomie co najmniej 51%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr2A_U10, Tr2A_U18, Tr2A_U01</w:t>
+        <w:t xml:space="preserve">Tr2A_U01, Tr2A_U10, Tr2A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.2.o, I.P7S_UW, III.P7S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW, III.P7S_UW.2.o, III.P7S_UW.4.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi oznaczyć podstawowe własności produktów naftowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>