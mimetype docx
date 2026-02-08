--- v0 (2026-01-12)
+++ v1 (2026-02-08)
@@ -842,51 +842,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów (50%), zaliczenie ćwiczenia
 projektowego (50%)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_U05, IS_U19, IS_U18, IS_U13, IS_U06</w:t>
+        <w:t xml:space="preserve">IS_U19, IS_U18, IS_U13, IS_U06, IS_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>