--- v1 (2026-02-08)
+++ v2 (2026-03-01)
@@ -761,51 +761,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów (50%), zaliczenie ćwiczenia
 projektowego (50%)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IS_W19, IS_W15, IS_W09</w:t>
+        <w:t xml:space="preserve">IS_W15, IS_W09, IS_W19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>