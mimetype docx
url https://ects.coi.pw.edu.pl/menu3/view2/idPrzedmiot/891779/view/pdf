--- v0 (2025-12-27)
+++ v1 (2026-03-24)
@@ -752,51 +752,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">inżynierski egzamin dyplomowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14, K_W15, K_W16, K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07</w:t>
+        <w:t xml:space="preserve">K_W01, K_W02, K_W03, K_W04, K_W05, K_W06, K_W07, K_W08, K_W09, K_W10, K_W11, K_W12, K_W13, K_W14, K_W15, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -832,51 +832,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">recenzja pracy inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03 , K_U04</w:t>
+        <w:t xml:space="preserve">K_U03 , K_U04, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>