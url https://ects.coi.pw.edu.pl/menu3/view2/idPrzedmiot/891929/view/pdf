--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -953,51 +953,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U21, K_U19 , K_U20</w:t>
+        <w:t xml:space="preserve">K_U19 , K_U20, K_U21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
@@ -1033,51 +1033,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K01, K_K02, K_K06, K_K08</w:t>
+        <w:t xml:space="preserve">K_K06, K_K08, K_K01, K_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>