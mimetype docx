--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -1033,51 +1033,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K06, K_K08, K_K01, K_K02</w:t>
+        <w:t xml:space="preserve">K_K01, K_K02, K_K06, K_K08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>