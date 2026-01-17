--- v0 (2025-12-27)
+++ v1 (2026-01-17)
@@ -748,51 +748,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W03</w:t>
+        <w:t xml:space="preserve">K_W03, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>