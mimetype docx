--- v1 (2026-01-17)
+++ v2 (2026-03-23)
@@ -898,51 +898,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>