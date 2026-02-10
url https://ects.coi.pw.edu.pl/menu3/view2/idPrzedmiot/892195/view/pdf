--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -810,67 +810,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W11, IM1_W10</w:t>
+        <w:t xml:space="preserve">IM1_W10, IM1_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu zależności między mikrostrukturą, składem fazowym, i chemicznym, stanem naprężeń własnych wytworzonych warstw powierzchniowych, a ich właściwościami użytkowymi, m.in. odpornością na zużycie przez tarcie, korozją, twardością, wytrzymałością zmęczeniową</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_U14, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, III.P6S_UW.4.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać odpowiednią technologię, rodzaj warstwy powierzchniowej zabezpieczającej materiały metaliczne przed korozją, czy też poprawiającej ich właściwości mechaniczne i odporność na zużycie przez tarcie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>