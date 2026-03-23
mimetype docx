--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -960,67 +960,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dwa kolokwia w trakcie semestru</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U14, IM1_U13</w:t>
+        <w:t xml:space="preserve">IM1_U13, IM1_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.3.o, I.P6S_UW, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka IP_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wybrać odpowiednią technologię, rodzaj warstwy powierzchniowej zabezpieczającej materiały metaliczne przed korozją, czy też poprawiającej ich właściwości mechaniczne i odporność na zużycie przez tarcie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>