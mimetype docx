--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -1101,51 +1101,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W06, IM1_W10, IM1_W12, IM1_W20</w:t>
+        <w:t xml:space="preserve">IM1_W20, IM1_W03, IM1_W05, IM1_W06, IM1_W10, IM1_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1251,67 +1251,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U01, IM1_U05, IM1_U09, IM1_U13, IM1_U14</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U09, IM1_U13, IM1_U14, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.3.o, III.P6S_UW.4.o, I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_LAB_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować odpowiednią ochronę przed korozją danego metalu i konstrukcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1531,67 +1531,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć. Ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U07, IM1_U01, IM1_U05</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KORL_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określać elektrochemiczne i termodynamiczne aspekty korozji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1671,67 +1671,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U09, IM1_U13, IM1_U14, IM1_U15, IM1_U08</w:t>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U13, IM1_U14, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.2.o, III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_LAB_KS1: </w:t>
       </w:r>
     </w:p>