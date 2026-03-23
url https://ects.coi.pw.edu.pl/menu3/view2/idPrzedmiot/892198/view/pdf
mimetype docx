--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -961,51 +961,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W06, IM1_W12, IM1_W20</w:t>
+        <w:t xml:space="preserve">IM1_W12, IM1_W20, IM1_W03, IM1_W05, IM1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1101,51 +1101,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W20, IM1_W03, IM1_W05, IM1_W06, IM1_W10, IM1_W12</w:t>
+        <w:t xml:space="preserve">IM1_W03, IM1_W05, IM1_W06, IM1_W10, IM1_W12, IM1_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1251,67 +1251,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdziany z przygotowania do ćwiczeń, sprawozdania z ćwiczeń, dyskusja w trakcie laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U09, IM1_U13, IM1_U14, IM1_U15</w:t>
+        <w:t xml:space="preserve">IM1_U14, IM1_U15, IM1_U01, IM1_U05, IM1_U09, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UU, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_LAB_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować odpowiednią ochronę przed korozją danego metalu i konstrukcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1531,67 +1531,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Obserwacja i ocena umiejętności studenta w trakcie zajęć. Ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U01, IM1_U05, IM1_U07</w:t>
+        <w:t xml:space="preserve">IM1_U05, IM1_U07, IM1_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KORL_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie określać elektrochemiczne i termodynamiczne aspekty korozji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1687,51 +1687,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U13, IM1_U14, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KOR_LAB_KS1: </w:t>
       </w:r>
     </w:p>