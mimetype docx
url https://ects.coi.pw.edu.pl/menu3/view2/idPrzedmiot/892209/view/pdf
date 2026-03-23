--- v0 (2025-12-29)
+++ v1 (2026-03-23)
@@ -745,51 +745,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena sprawozdania z ćwiczenia laboratoryjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W09, IM1_W13</w:t>
+        <w:t xml:space="preserve">IM1_W13, IM1_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, ocena sprawozdania z ćwiczenia laboratoryjnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_U15, IM1_U08, IM1_U09</w:t>
+        <w:t xml:space="preserve">IM1_U08, IM1_U09, IM1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.4.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.4.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KITWL_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Na podstawie posiadanej wiedzy i analizy fachowej literatury umie przeprowadzić doświadczenia związane z wytwarzaniem w warunkach laboratoryjnych kompozytów, przeprowadzaniem badań ich właściwości mechanicznych, oraz mikrostruktury. Potrafi opracować i prawidłowo zinterpretować otrzymane wyniki, wyciągnąć wnioski z przeprowadzonych badań. Podczas opracowywania sprawozdania wykorzystuje techniki komunikacyjno-informacyjne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>