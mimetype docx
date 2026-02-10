--- v0 (2025-12-29)
+++ v1 (2026-02-10)
@@ -902,51 +902,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_U07, IM1_U13, IM1_U01, IM1_U04, IM1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KPZFG_K1: </w:t>
       </w:r>
     </w:p>