--- v1 (2026-02-10)
+++ v2 (2026-03-23)
@@ -752,201 +752,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">IM1_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KPZFG_W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę dotyczącą wpływu warunków procesu krystalizacji na mikrostrukturę i właściwości powłok</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">IM1_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka KPZFG_W2: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KPZFG_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę dotyczącą wpływu warunków procesu krystalizacji na mikrostrukturę i właściwości powłok</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać wyboru rodzaju procesu dla otrzymania powłok o określonych właściwościach. Potrafi przygotować i przedstawić w prezentację ustną, dotyczącą szczegółowych zagadnień z procesów otrzymywania powłok o określonych właściwościach. Na podstawie posiadanej wiedzy i analizy fachowej literatury student rozwija poprzez pracę własną swoje umiejętności i wiedzę z zakresu zagadnień związanych z krystalizacją powłok z fazy gazowej. Przy opracowaniu prezentacji korzysta z technik informacyjno-komunikacyjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Kolokwium zaliczeniowe</w:t>
+        <w:t xml:space="preserve">Kolokwium zaliczeniowe, ocena prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">IM1_W10</w:t>
+        <w:t xml:space="preserve">IM1_U01, IM1_U04, IM1_U05, IM1_U07, IM1_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.2.o, I.P6S_UW, III.P6S_UW.1.o, III.P6S_UW.3.o, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, I.P6S_UU, III.P6S_UW.1.o, III.P6S_UW.2.o, III.P6S_UW.3.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KPZFG_K1: </w:t>
       </w:r>
     </w:p>